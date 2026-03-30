--- v0 (2025-11-01)
+++ v1 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="54F919BB" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="Standard1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="clear" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120" w:line="260" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Rechtslage</w:t>
       </w:r>
@@ -862,51 +862,67 @@
       </w:r>
       <w:r w:rsidR="00737F46" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324610CA" w14:textId="77777777" w:rsidR="00FD2205" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Der Mustervertrag basiert auf den vom Gesetz verlangten Mindestanforderungen</w:t>
+        <w:t xml:space="preserve">Der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mustervertrag basiert</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auf den vom Gesetz verlangten Mindestanforderungen</w:t>
       </w:r>
       <w:r w:rsidR="00E333F1" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des Kantons Zürich</w:t>
       </w:r>
       <w:r w:rsidR="00E479A6" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, wobei der NAV vertraglich ausgeschlossen wird. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:strike/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Er</w:t>
       </w:r>
       <w:r w:rsidR="00737F46" w:rsidRPr="00A05E9B">
         <w:rPr>
@@ -1214,276 +1230,119 @@
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Punkte ausführlich regeln:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3941E0F7" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ferien</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F604357" w14:textId="77777777" w:rsidR="00816B7E" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
-[...61 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2F604357" w14:textId="452C28F7" w:rsidR="00816B7E" w:rsidRPr="00193D49" w:rsidRDefault="00193D49" w:rsidP="00193D49">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Bezüglich des Ferienanspruchs und dessen Abgeltung weisen wir auf folgende Punkte hin:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB7649" w:rsidRPr="00A05E9B">
-[...65 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Der Arbeitnehmer hat gemäss Obligationenrecht (Art. 329a OR) üblicherweise Anspruch auf mindestens vier Wochen Ferien pro Jahr (bzw. fünf Wochen für Arbeitnehmende unter 20 Jahren).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A05E9B">
-[...37 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Gemäss konstanter Rechtsprechung des Bundesgerichts muss der Ferienanspruch grundsätzlich in natura bezogen und während des tatsächlichen Ferienbezugs entlöhnt werden. Eine Abgeltung des Ferienlohns als Zuschlag zum Stundenlohn ist nur in Ausnahmefällen zulässig. Dies ist dann der Fall, wenn die Arbeitseinsätze derart unregelmässig sind, dass eine Berechnung des Ferienlohns beim tatsächlichen Ferienbezug kaum möglich ist. In solchen Fällen muss die Vereinbarung über die Abgeltung des Ferienlohns als Zuschlag explizit im Arbeitsvertrag festgehalten werden.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F3569F" w:rsidRPr="00A05E9B">
-[...30 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ist eine solche Ausnahme gegeben, beträgt der Zuschlag für den Ferienlohn 8.33 % für vier Wochen Ferien bzw. 10.63 % für fünf Wochen Ferien.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F3569F" w:rsidRPr="00A05E9B">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">. Der Zuschlag für das Feriengeld beträgt in dem Fall 8.33 % (4 Wochen), bzw. 10.63 % (5 Wochen) des Stundenlohns. Es gilt zu beachten, dass die gewählte Regelung für das Feriengeld explizit im Arbeitsvertrag vereinbart werden muss. Weiter ist in der monatlichen Lohnabrechnung das Ferienguthaben, bzw. der ausbezahlte Ferienanteil aufzuführen. </w:t>
+      <w:r w:rsidRPr="00193D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Unabhängig von der gewählten Abgeltungsform muss der Ferienlohnanteil auf jeder monatlichen Lohnabrechnung klar und transparent ausgewiesen werden, damit der Arbeitnehmer jederzeit nachvollziehen kann, welcher Anteil des Lohns den Ferienlohn darstellt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0431C1" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Höhe des Mindestlohnes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF58817" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1903,51 +1762,67 @@
         <w:t>85</w:t>
       </w:r>
       <w:r w:rsidRPr="008226EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro Stunde</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8C4B76" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Diese Mindestentlöhnung ist</w:t>
+        <w:t xml:space="preserve">Diese </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mindestentlöhnung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist</w:t>
       </w:r>
       <w:r w:rsidR="00AB30FC" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>einzuhalten.</w:t>
       </w:r>
       <w:r w:rsidR="00F73E12" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vorbehalten sind die Ausnahmen gemäss Art. 2 der Verordnung über den Normalarbeitsvertrag für Arbeitnehmer in der Hauswirtschaft.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5737CBAD" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
@@ -2013,50 +1888,51 @@
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> %) vom Arbeitgeber wie vom Arbeitnehmer übernommen. Das Anmeldeverfahren ist für diese Art von Anstellung unkompliziert und kann mit der Einreichung eines einfachen Formulars bei der kantonalen Ausgleichskasse getätigt werden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CAFE731" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Krankentaggeldversicherung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634524E1" w14:textId="77777777" w:rsidR="00B26048" w:rsidRPr="00A05E9B" w:rsidRDefault="00EE53CB" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2154,51 +2030,50 @@
         <w:t xml:space="preserve"> (sofern der NAV nicht gänzlich ausgeschlossen wird)</w:t>
       </w:r>
       <w:r w:rsidR="00481F46" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA4C306" w14:textId="77777777" w:rsidR="00943287" w:rsidRPr="00A05E9B" w:rsidRDefault="00943287" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Schliesst der Arbeitgeber eine Krankentaggeldversicherung ab, muss diese im Arbeitsvertrag ausdrücklich vereinbart sein und </w:t>
       </w:r>
       <w:r w:rsidR="00EE53CB" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">grundsätzlich </w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>80% des Lohnes während mindestens 720 Tagen gewähren. Die Prämien sind mindestens zur Hälfte vom Arbeitgeber zu tragen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41DA9D9D" w14:textId="77777777" w:rsidR="00816B7E" w:rsidRPr="00A05E9B" w:rsidRDefault="00816B7E" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2306,51 +2181,67 @@
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In seinem eigenen Interesse sollte der Arbeitgeber besorgt sein, dass seine Arbeitnehmer über gültige Aufenthalts- sowie Arbeitsbewilligungen verfügen. Ist eine Person ohne Bewilligungen eingestellt worden, so kann dies nicht nur für den Arbeitnehmer, sondern auch für den Arbeitgeber ernste strafrechtliche Konsequenzen haben (Freiheitsstrafe </w:t>
       </w:r>
       <w:r w:rsidR="00816B7E" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oder Geldstrafe </w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">gem. Art. 117 Bundesgesetz über die Ausländerinnen und Ausländer (AuG)). Am besten prüft der Arbeitgeber vor Abschluss des Arbeitsvertrages, ob eine gültige Aufenthalts- und Arbeitsbewilligung vorhanden ist. </w:t>
+        <w:t>gem. Art. 117 Bundesgesetz über die Ausländerinnen und Ausländer (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AuG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)). Am besten prüft der Arbeitgeber vor Abschluss des Arbeitsvertrages, ob eine gültige Aufenthalts- und Arbeitsbewilligung vorhanden ist. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4499C8B7" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Form des Arbeitsvertrages</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB5DBD0" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard1"/>
         <w:spacing w:line="260" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2972,126 +2863,173 @@
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:t>- Abzüge: AHV/IV/EO/ALV (6.</w:t>
       </w:r>
       <w:r w:rsidR="00166D1D" w:rsidRPr="00A05E9B">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00363BF3" w:rsidRPr="00A05E9B">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00166D1D" w:rsidRPr="00A05E9B">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:t xml:space="preserve"> %)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:tab/>
-        <w:t xml:space="preserve">-  Fr. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:t>-  Fr.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008226EB">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7173A9C9" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>- [Variante: Krankentaggeld]</w:t>
-      </w:r>
+        <w:t xml:space="preserve">- [Variante: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:t>Krankentaggeld</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
-        <w:t>-  Fr. _____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>-  Fr.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D45875E" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>- [Variante: NBU]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">-  Fr. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>-  Fr.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A05E9B">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB7649" w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F670B05" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="PRAStandard0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="340" w:lineRule="exact"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:t>- Lohn pro Stunde Netto</w:t>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:tab/>
       </w:r>
@@ -3285,66 +3223,65 @@
     <w:p w14:paraId="1D86FFEF" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lohnfortzahlung bei Schwangerschaft</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F153BAE" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4C9F6378" w14:textId="54E0C0A7" w:rsidR="00481F46" w:rsidRPr="007A1B88" w:rsidRDefault="007A1B88" w:rsidP="007A1B88">
+      <w:pPr>
         <w:ind w:left="851"/>
-      </w:pPr>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1B88">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Bei einer Arbeitsunfähigkeit während der Schwangerschaft richtet sich die Lohnfortzahlung nach Punkt 6 des vorliegenden Arbeitsvertrages. Nach der Geburt richtet sich die Lohnfortzahlung nach den Bestimmungen der Erwerbsersatzordnung (EO).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="19B7C398" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00A05E9B" w:rsidRDefault="00481F46" w:rsidP="00A05E9B">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A05E9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kündigung</w:t>
       </w:r>
@@ -3695,83 +3632,83 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A05E9B">
         <w:tab/>
         <w:t>Unterschrift Arbeitnehmer</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00481F46" w:rsidRPr="00AB7649" w:rsidSect="008F0436">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1701" w:header="567" w:footer="737" w:gutter="0"/>
       <w:paperSrc w:first="259" w:other="259"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="578F033D" w14:textId="77777777" w:rsidR="00A05B25" w:rsidRDefault="00A05B25" w:rsidP="00481F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="496659D7" w14:textId="77777777" w:rsidR="00A05B25" w:rsidRDefault="00A05B25" w:rsidP="00481F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="453DCB88" w14:textId="77777777" w:rsidR="00A05B25" w:rsidRDefault="00A05B25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3788,124 +3725,124 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27E203CE" w14:textId="77777777" w:rsidR="0004341F" w:rsidRDefault="0004341F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75CC9510" w14:textId="77777777" w:rsidR="0004341F" w:rsidRDefault="0004341F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6120B039" w14:textId="77777777" w:rsidR="0004341F" w:rsidRDefault="0004341F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="76E68E66" w14:textId="77777777" w:rsidR="00A05B25" w:rsidRDefault="00A05B25" w:rsidP="00481F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="29B8A80A" w14:textId="77777777" w:rsidR="00A05B25" w:rsidRDefault="00A05B25" w:rsidP="00481F46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7D3EDFC2" w14:textId="77777777" w:rsidR="00A05B25" w:rsidRDefault="00A05B25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67F33E3C" w14:textId="77777777" w:rsidR="0004341F" w:rsidRDefault="0004341F">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0D7E598E" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00322C2E" w:rsidRDefault="00000000" w:rsidP="00481F46">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D7E598E" w14:textId="77777777" w:rsidR="00481F46" w:rsidRPr="00322C2E" w:rsidRDefault="007A1B88" w:rsidP="00481F46">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile1"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="567"/>
         <w:tab w:val="left" w:pos="0"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:pict w14:anchorId="16EB9AA2">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
@@ -3914,62 +3851,62 @@
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="MSIPWM0PowerPlusWaterMarkObject" o:spid="_x0000_s1025" type="#_x0000_t136" alt="{&quot;HashCode&quot;:1162763175,&quot;Height&quot;:842.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:-999995.0,&quot;Left&quot;:-999995.0}" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:15.35pt;height:2.5pt;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" stroked="f">
           <v:textpath style="font-family:&quot;arial&quot;;font-size:2pt" string="##ch_internal##"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B2769BD" w14:textId="77777777" w:rsidR="00481F46" w:rsidRDefault="00481F46" w:rsidP="00481F46">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile1"/>
       <w:ind w:left="-851"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A07C2808"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -4607,120 +4544,126 @@
   <w:num w:numId="1" w16cid:durableId="430903857">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="191723794">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="176582524">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="821654567">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1059208510">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="740562792">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="811141983">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="142"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1D17"/>
     <w:rsid w:val="000009FF"/>
     <w:rsid w:val="0004341F"/>
+    <w:rsid w:val="000663E3"/>
     <w:rsid w:val="00092223"/>
     <w:rsid w:val="000976A3"/>
     <w:rsid w:val="000E2138"/>
     <w:rsid w:val="000F22FE"/>
     <w:rsid w:val="000F34FB"/>
     <w:rsid w:val="0015488C"/>
     <w:rsid w:val="00166D1D"/>
     <w:rsid w:val="001803EF"/>
+    <w:rsid w:val="00193D49"/>
     <w:rsid w:val="001F7CA6"/>
     <w:rsid w:val="00227A5A"/>
     <w:rsid w:val="00255E61"/>
+    <w:rsid w:val="0029568E"/>
     <w:rsid w:val="0033495A"/>
     <w:rsid w:val="00340729"/>
     <w:rsid w:val="00363BF3"/>
+    <w:rsid w:val="0036649D"/>
     <w:rsid w:val="00376BE1"/>
     <w:rsid w:val="003F553F"/>
     <w:rsid w:val="00481F46"/>
     <w:rsid w:val="00483D06"/>
     <w:rsid w:val="004C37C2"/>
     <w:rsid w:val="004E0C55"/>
     <w:rsid w:val="00550F38"/>
     <w:rsid w:val="00582AFF"/>
     <w:rsid w:val="005E028F"/>
     <w:rsid w:val="00613A63"/>
     <w:rsid w:val="00624566"/>
     <w:rsid w:val="00630E1E"/>
     <w:rsid w:val="00717E6D"/>
     <w:rsid w:val="00737F46"/>
     <w:rsid w:val="00754B97"/>
     <w:rsid w:val="00773CCE"/>
     <w:rsid w:val="00786192"/>
     <w:rsid w:val="007944AD"/>
+    <w:rsid w:val="007A1B88"/>
     <w:rsid w:val="007F1B2C"/>
     <w:rsid w:val="00816B7E"/>
     <w:rsid w:val="008226EB"/>
     <w:rsid w:val="00873D39"/>
     <w:rsid w:val="00893BD8"/>
     <w:rsid w:val="008D296B"/>
     <w:rsid w:val="008F0436"/>
     <w:rsid w:val="00907CFF"/>
     <w:rsid w:val="00916363"/>
     <w:rsid w:val="00916906"/>
     <w:rsid w:val="00943287"/>
     <w:rsid w:val="00983624"/>
     <w:rsid w:val="009878B5"/>
     <w:rsid w:val="009A17E6"/>
     <w:rsid w:val="009C57AA"/>
     <w:rsid w:val="009E1251"/>
     <w:rsid w:val="009E2501"/>
     <w:rsid w:val="009F07E0"/>
     <w:rsid w:val="009F20B2"/>
     <w:rsid w:val="00A05B25"/>
     <w:rsid w:val="00A05E9B"/>
     <w:rsid w:val="00AA5CA4"/>
     <w:rsid w:val="00AB30FC"/>
     <w:rsid w:val="00AB7649"/>
     <w:rsid w:val="00AE007B"/>
@@ -4763,51 +4706,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4AEA7D55"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{10C32800-9C63-4907-A3D2-DB0778FB3D68}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5861,51 +5804,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B004BE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B004BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Program%20Files%20(x86)\Microsoft%20Azure%20Information%20Protection\WatermarkTemplate.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -6180,50 +6123,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009378FE0CC4BE8A47B2471145BAA4EADC" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="0b2841bd1faf7b633c7fe402cdef01d3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fd78d3f3-8b14-4bf1-a3fd-51e9686f12d1" xmlns:ns3="a4e02764-2755-4ce1-9aa4-ef525ed914bf" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8c754da3359b692eb1f6387ac90dcd46" ns2:_="" ns3:_="">
     <xsd:import namespace="fd78d3f3-8b14-4bf1-a3fd-51e9686f12d1"/>
     <xsd:import namespace="a4e02764-2755-4ce1-9aa4-ef525ed914bf"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -6422,138 +6374,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="a4e02764-2755-4ce1-9aa4-ef525ed914bf"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="fd78d3f3-8b14-4bf1-a3fd-51e9686f12d1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B82E7ED-43D7-4524-8572-B3BDD7F35FE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21D62766-D9F0-4FCC-892F-A086AEDEAEF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fd78d3f3-8b14-4bf1-a3fd-51e9686f12d1"/>
     <ds:schemaRef ds:uri="a4e02764-2755-4ce1-9aa4-ef525ed914bf"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73594759-7B3F-4F59-AB12-8F8F1286509F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a4e02764-2755-4ce1-9aa4-ef525ed914bf"/>
     <ds:schemaRef ds:uri="fd78d3f3-8b14-4bf1-a3fd-51e9686f12d1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>WatermarkTemplate.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1630</Words>
-  <Characters>10273</Characters>
+  <Words>1591</Words>
+  <Characters>10916</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AXA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11880</CharactersWithSpaces>
+  <CharactersWithSpaces>12483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Brigitte Imbach</dc:creator>
   <cp:keywords>833155</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="VertecActivityId">
     <vt:lpwstr>828332</vt:lpwstr>
   </property>